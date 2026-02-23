--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="337">
   <si>
     <t>Код, шифр</t>
   </si>
   <si>
     <t>Наименование профессии, специальности, направления подготовки, наименование группы научных специальностей</t>
   </si>
   <si>
     <t>Уровень образования</t>
   </si>
   <si>
     <t>Формы обучения</t>
   </si>
   <si>
     <t>Сведения о численности обучающихся за счёт бюджетных ассигнований федерального бюджета</t>
   </si>
   <si>
     <t>Сведения о численности обучающихся за счет бюджетов субъектов Российской Федерации</t>
   </si>
   <si>
     <t>Сведения о численности обучающихся за счёт местных бюджетов</t>
   </si>
   <si>
     <t>Сведения о численности обучающихся за счёт средств физических и (или) юридических лиц</t>
   </si>
   <si>
@@ -467,53 +467,50 @@
   <si>
     <t>27.04.04</t>
   </si>
   <si>
     <t>38.04.01</t>
   </si>
   <si>
     <t>38.04.02</t>
   </si>
   <si>
     <t>38.04.03</t>
   </si>
   <si>
     <t>38.04.04</t>
   </si>
   <si>
     <t>44.04.01</t>
   </si>
   <si>
     <t>Педагогическое образование</t>
   </si>
   <si>
     <t>44.04.04</t>
   </si>
   <si>
-    <t>ПРОФЕССИОНАЛЬНОЕ ОБУЧЕНИЕ (ПО ОТРАСЛЯМ)</t>
-[...1 lines deleted...]
-  <si>
     <t>54.04.01</t>
   </si>
   <si>
     <t>04.05.01</t>
   </si>
   <si>
     <t>Фундаментальная и прикладная химия</t>
   </si>
   <si>
     <t>Специалитет</t>
   </si>
   <si>
     <t>08.05.01</t>
   </si>
   <si>
     <t>Строительство уникальных зданий и сооружений</t>
   </si>
   <si>
     <t>08.05.02</t>
   </si>
   <si>
     <t>Строительство, эксплуатация, восстановление и техническое прикрытие автомобильных дорог, мостов и тоннелей</t>
   </si>
   <si>
     <t>17.05.01</t>
@@ -569,110 +566,116 @@
   <si>
     <t>Математика и механика</t>
   </si>
   <si>
     <t>ПКВК (аспирантура)</t>
   </si>
   <si>
     <t>03.06.01</t>
   </si>
   <si>
     <t>Физика и астрономия</t>
   </si>
   <si>
     <t>04.06.01</t>
   </si>
   <si>
     <t>Химические науки</t>
   </si>
   <si>
     <t>05.06.01</t>
   </si>
   <si>
     <t>Науки о Земле</t>
   </si>
   <si>
-    <t>07.06.01</t>
-[...1 lines deleted...]
-  <si>
     <t>08.06.01</t>
   </si>
   <si>
     <t>Техника и технологии строительства</t>
   </si>
   <si>
     <t>09.06.01</t>
   </si>
   <si>
     <t>12.06.01</t>
   </si>
   <si>
     <t>Фотоника, приборостроение, оптические и биотехнические системы и технологии</t>
   </si>
   <si>
     <t>13.06.01</t>
   </si>
   <si>
     <t>Электро- и теплотехника</t>
   </si>
   <si>
     <t>14.06.01</t>
   </si>
   <si>
     <t>Ядерная, тепловая и возобновляемая энергетика и сопутствующие технологии</t>
   </si>
   <si>
     <t>15.06.01</t>
   </si>
   <si>
+    <t>18.06.01</t>
+  </si>
+  <si>
     <t>20.06.01</t>
   </si>
   <si>
     <t>21.06.01</t>
   </si>
   <si>
     <t>Геология, разведка и разработка полезных ископаемых</t>
   </si>
   <si>
     <t>22.06.01</t>
   </si>
   <si>
     <t>Технологии материалов</t>
   </si>
   <si>
     <t>44.06.01</t>
   </si>
   <si>
     <t>Образование и педагогические науки</t>
   </si>
   <si>
     <t>47.06.01</t>
   </si>
   <si>
     <t>Философия, этика и религиоведение</t>
   </si>
   <si>
+    <t>2.1.13.</t>
+  </si>
+  <si>
+    <t>Градостроительство, планировка сельских населенных пунктов</t>
+  </si>
+  <si>
     <t>1.1.8.</t>
   </si>
   <si>
     <t>Механика деформируемого твердого тела</t>
   </si>
   <si>
     <t>1.3.17</t>
   </si>
   <si>
     <t>Химическая физика, горение и взрыв, физика экстремальных состояний вещества</t>
   </si>
   <si>
     <t>1.4.12</t>
   </si>
   <si>
     <t>Нефтехимия</t>
   </si>
   <si>
     <t>1.4.4.</t>
   </si>
   <si>
     <t>Физическая химия</t>
   </si>
   <si>
     <t>1.5.15</t>
@@ -969,50 +972,62 @@
     <t>Строительство и эксплуатация автомобильных дорог и аэродромов</t>
   </si>
   <si>
     <t>08.02.08</t>
   </si>
   <si>
     <t>Монтаж и эксплуатация оборудования и систем газоснабжения</t>
   </si>
   <si>
     <t>08.02.12</t>
   </si>
   <si>
     <t>СТРОИТЕЛЬСТВО И ЭКСПЛУАТАЦИЯ АВТОМОБИЛЬНЫХ ДОРОГ, АЭРОДРОМОВ И ГОРОДСКИХ ПУТЕЙ СООБЩЕНИЯ</t>
   </si>
   <si>
     <t>08.02.13</t>
   </si>
   <si>
     <t>МОНТАЖ И ЭКСПЛУАТАЦИЯ ВНУТРЕННИХ САНТЕХНИЧЕСКИХ УСТРОЙСТВ, КОНДИЦИОНИРОВАНИЯ ВОЗДУХА И ВЕНТИЛЯЦИИ</t>
   </si>
   <si>
     <t>09.02.07</t>
   </si>
   <si>
     <t>Информационные системы и программирование</t>
+  </si>
+  <si>
+    <t>09.02.11</t>
+  </si>
+  <si>
+    <t>Разработка и управление программным обеспечением</t>
+  </si>
+  <si>
+    <t>13.02.01</t>
+  </si>
+  <si>
+    <t>Тепловые электрические станции</t>
   </si>
   <si>
     <t>13.02.12</t>
   </si>
   <si>
     <t>Электрические станции, сети, их релейная защита и автоматизация</t>
   </si>
   <si>
     <t>15.02.16</t>
   </si>
   <si>
     <t>20.02.01</t>
   </si>
   <si>
     <t>ЭКОЛОГИЧЕСКАЯ БЕЗОПАСНОСТЬ ПРИРОДНЫХ КОМПЛЕКСОВ</t>
   </si>
   <si>
     <t>21.02.19</t>
   </si>
   <si>
     <t>Землеустройство</t>
   </si>
   <si>
     <t>35.02.12</t>
   </si>
@@ -1066,51 +1081,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I234"/>
+  <dimension ref="A1:I240"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="60" customWidth="1"/>
     <col min="8" max="8" width="60" customWidth="1"/>
     <col min="9" max="9" width="60" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1122,121 +1137,121 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2">
         <v>0</v>
       </c>
       <c r="H2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="2">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3">
         <v>107</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
         <v>0</v>
       </c>
       <c r="H3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="2">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
         <v>0</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="2">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
@@ -1247,419 +1262,419 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="2">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6">
         <v>171</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I6">
         <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="2">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="2">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8">
         <v>14</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>22</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="2">
         <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F9">
         <v>0</v>
       </c>
       <c r="G9">
         <v>0</v>
       </c>
       <c r="H9">
         <v>33</v>
       </c>
       <c r="I9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="2">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10">
-        <v>1040</v>
+        <v>1034</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
       <c r="G10">
         <v>0</v>
       </c>
       <c r="H10">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I10">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="2">
         <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>0</v>
       </c>
       <c r="H11">
-        <v>492</v>
+        <v>361</v>
       </c>
       <c r="I11">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="2">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12">
         <v>225</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>0</v>
       </c>
       <c r="H12">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I12">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="2">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13">
         <v>124</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>0</v>
       </c>
       <c r="H13">
         <v>19</v>
       </c>
       <c r="I13">
         <v>21</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="2">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>11</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="2">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>0</v>
       </c>
       <c r="H15">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="2">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="2">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>0</v>
       </c>
       <c r="H17">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I17">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="2">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F18">
         <v>0</v>
       </c>
       <c r="G18">
         <v>0</v>
       </c>
       <c r="H18">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18">
         <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
         <v>0</v>
       </c>
       <c r="H19">
         <v>2</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
@@ -1682,199 +1697,199 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>38</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>39</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>0</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22">
         <v>13</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="2">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="F23">
         <v>0</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I23">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="2">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>38</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="2">
         <v>48</v>
       </c>
       <c r="B25" t="s">
         <v>49</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>39</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="2">
         <v>48</v>
       </c>
       <c r="B26" t="s">
         <v>49</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="F26">
         <v>0</v>
       </c>
       <c r="G26">
         <v>0</v>
       </c>
       <c r="H26">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I26">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="2">
         <v>50</v>
       </c>
       <c r="B27" t="s">
         <v>51</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>0</v>
       </c>
       <c r="G27">
         <v>0</v>
       </c>
       <c r="H27">
@@ -1885,622 +1900,622 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="2">
         <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>53</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>38</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
         <v>0</v>
       </c>
       <c r="G28">
         <v>0</v>
       </c>
       <c r="H28">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="2">
         <v>52</v>
       </c>
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>39</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="G29">
         <v>0</v>
       </c>
       <c r="H29">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="2">
         <v>52</v>
       </c>
       <c r="B30" t="s">
         <v>53</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F30">
         <v>0</v>
       </c>
       <c r="G30">
         <v>0</v>
       </c>
       <c r="H30">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I30">
         <v>41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="2">
         <v>54</v>
       </c>
       <c r="B31" t="s">
         <v>55</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>38</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="F31">
         <v>0</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I31">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
         <v>54</v>
       </c>
       <c r="B32" t="s">
         <v>55</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>39</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>17</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>55</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="G33">
         <v>0</v>
       </c>
       <c r="H33">
         <v>9</v>
       </c>
       <c r="I33">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>57</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>38</v>
       </c>
       <c r="E34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F34">
         <v>0</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="I34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>57</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>39</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>0</v>
       </c>
       <c r="G35">
         <v>0</v>
       </c>
       <c r="H35">
         <v>11</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
         <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>57</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="F36">
         <v>0</v>
       </c>
       <c r="G36">
         <v>0</v>
       </c>
       <c r="H36">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I36">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>59</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>38</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>0</v>
       </c>
       <c r="G37">
         <v>0</v>
       </c>
       <c r="H37">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
         <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>59</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F38">
         <v>0</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>5</v>
       </c>
       <c r="I38">
         <v>14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
         <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>61</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>38</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>0</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
         <v>60</v>
       </c>
       <c r="B40" t="s">
         <v>61</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>39</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
         <v>0</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
         <v>60</v>
       </c>
       <c r="B41" t="s">
         <v>61</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
         <v>62</v>
       </c>
       <c r="B42" t="s">
         <v>63</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>38</v>
       </c>
       <c r="E42">
         <v>0</v>
       </c>
       <c r="F42">
         <v>0</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="2">
         <v>62</v>
       </c>
       <c r="B43" t="s">
         <v>63</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F43">
         <v>0</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
         <v>64</v>
       </c>
       <c r="B44" t="s">
         <v>65</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
+        <v>7</v>
+      </c>
+      <c r="I44">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
         <v>66</v>
       </c>
       <c r="B45" t="s">
         <v>67</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F45">
         <v>0</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I45">
         <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="2">
         <v>68</v>
       </c>
       <c r="B46" t="s">
         <v>69</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
         <v>0</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="I46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="2">
         <v>68</v>
       </c>
       <c r="B47" t="s">
         <v>69</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>39</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
         <v>0</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
         <v>68</v>
       </c>
       <c r="B48" t="s">
         <v>69</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>8</v>
       </c>
       <c r="I48">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
         <v>70</v>
       </c>
       <c r="B49" t="s">
         <v>71</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
@@ -2543,150 +2558,150 @@
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
         <v>21</v>
       </c>
       <c r="I50">
         <v>1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
         <v>70</v>
       </c>
       <c r="B51" t="s">
         <v>71</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I51">
         <v>22</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="2">
         <v>72</v>
       </c>
       <c r="B52" t="s">
         <v>73</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52">
         <v>581</v>
       </c>
       <c r="F52">
         <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I52">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="2">
         <v>72</v>
       </c>
       <c r="B53" t="s">
         <v>73</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>29</v>
       </c>
       <c r="E53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F53">
         <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
-        <v>1629</v>
+        <v>1612</v>
       </c>
       <c r="I53">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="2">
         <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>75</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F54">
         <v>0</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
         <v>76</v>
       </c>
       <c r="B55" t="s">
         <v>77</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55">
         <v>48</v>
       </c>
       <c r="F55">
         <v>0</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
@@ -2697,158 +2712,158 @@
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
         <v>78</v>
       </c>
       <c r="B56" t="s">
         <v>79</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>38</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
         <v>0</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I56">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="2">
         <v>78</v>
       </c>
       <c r="B57" t="s">
         <v>79</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57">
         <v>0</v>
       </c>
       <c r="G57">
         <v>0</v>
       </c>
       <c r="H57">
         <v>0</v>
       </c>
       <c r="I57">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="2">
         <v>80</v>
       </c>
       <c r="B58" t="s">
         <v>81</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>38</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
         <v>0</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I58">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
         <v>80</v>
       </c>
       <c r="B59" t="s">
         <v>81</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>39</v>
       </c>
       <c r="E59">
         <v>0</v>
       </c>
       <c r="F59">
         <v>0</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
         <v>5</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
         <v>80</v>
       </c>
       <c r="B60" t="s">
         <v>81</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
         <v>82</v>
       </c>
       <c r="B61" t="s">
         <v>83</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
@@ -3036,205 +3051,205 @@
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>0</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
         <v>92</v>
       </c>
       <c r="B68" t="s">
         <v>93</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I68">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
         <v>94</v>
       </c>
       <c r="B69" t="s">
         <v>95</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69">
         <v>35</v>
       </c>
       <c r="F69">
         <v>0</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I69">
         <v>2</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
         <v>96</v>
       </c>
       <c r="B70" t="s">
         <v>97</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F70">
         <v>0</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I70">
         <v>1</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
         <v>98</v>
       </c>
       <c r="B71" t="s">
         <v>99</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71">
         <v>3</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I71">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="2">
         <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>99</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>29</v>
       </c>
       <c r="E72">
         <v>0</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I72">
         <v>2</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="2">
         <v>100</v>
       </c>
       <c r="B73" t="s">
         <v>101</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73">
         <v>17</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="I73">
         <v>18</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="2">
         <v>100</v>
       </c>
       <c r="B74" t="s">
         <v>101</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>29</v>
       </c>
       <c r="E74">
         <v>0</v>
       </c>
       <c r="F74">
         <v>0</v>
       </c>
       <c r="G74">
@@ -3248,170 +3263,170 @@
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="2">
         <v>102</v>
       </c>
       <c r="B75" t="s">
         <v>103</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>29</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
         <v>0</v>
       </c>
       <c r="H75">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="I75">
         <v>2</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="2">
         <v>104</v>
       </c>
       <c r="B76" t="s">
         <v>105</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76">
         <v>7</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I76">
         <v>1</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="2">
         <v>104</v>
       </c>
       <c r="B77" t="s">
         <v>105</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>29</v>
       </c>
       <c r="E77">
         <v>0</v>
       </c>
       <c r="F77">
         <v>0</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
         <v>36</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="2">
         <v>106</v>
       </c>
       <c r="B78" t="s">
         <v>107</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F78">
         <v>0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78">
         <v>1</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="2">
         <v>108</v>
       </c>
       <c r="B79" t="s">
         <v>109</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79">
         <v>54</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I79">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
         <v>110</v>
       </c>
       <c r="B80" t="s">
         <v>111</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>29</v>
       </c>
       <c r="E80">
         <v>0</v>
       </c>
       <c r="F80">
         <v>0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
@@ -3422,80 +3437,80 @@
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
         <v>112</v>
       </c>
       <c r="B81" t="s">
         <v>113</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81">
         <v>7</v>
       </c>
       <c r="F81">
         <v>0</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="I81">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
         <v>114</v>
       </c>
       <c r="B82" t="s">
         <v>10</v>
       </c>
       <c r="C82" t="s">
         <v>115</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82">
         <v>52</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I82">
         <v>2</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="2">
         <v>116</v>
       </c>
       <c r="B83" t="s">
         <v>117</v>
       </c>
       <c r="C83" t="s">
         <v>115</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83">
         <v>19</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
@@ -3558,60 +3573,60 @@
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>3</v>
       </c>
       <c r="I85">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
         <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>20</v>
       </c>
       <c r="C86" t="s">
         <v>115</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I86">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
         <v>121</v>
       </c>
       <c r="B87" t="s">
         <v>22</v>
       </c>
       <c r="C87" t="s">
         <v>115</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87">
         <v>9</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
@@ -3645,196 +3660,196 @@
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>0</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
         <v>123</v>
       </c>
       <c r="B89" t="s">
         <v>28</v>
       </c>
       <c r="C89" t="s">
         <v>115</v>
       </c>
       <c r="D89" t="s">
         <v>38</v>
       </c>
       <c r="E89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F89">
         <v>0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
         <v>123</v>
       </c>
       <c r="B90" t="s">
         <v>28</v>
       </c>
       <c r="C90" t="s">
         <v>115</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="F90">
         <v>0</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="I90">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
         <v>123</v>
       </c>
       <c r="B91" t="s">
         <v>28</v>
       </c>
       <c r="C91" t="s">
         <v>115</v>
       </c>
       <c r="D91" t="s">
         <v>29</v>
       </c>
       <c r="E91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F91">
         <v>0</v>
       </c>
       <c r="G91">
         <v>0</v>
       </c>
       <c r="H91">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
         <v>124</v>
       </c>
       <c r="B92" t="s">
         <v>31</v>
       </c>
       <c r="C92" t="s">
         <v>115</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92">
         <v>41</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I92">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
         <v>125</v>
       </c>
       <c r="B93" t="s">
         <v>33</v>
       </c>
       <c r="C93" t="s">
         <v>115</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>7</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
         <v>126</v>
       </c>
       <c r="B94" t="s">
         <v>37</v>
       </c>
       <c r="C94" t="s">
         <v>115</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F94">
         <v>0</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>5</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
         <v>127</v>
       </c>
       <c r="B95" t="s">
         <v>41</v>
       </c>
       <c r="C95" t="s">
         <v>115</v>
       </c>
       <c r="D95" t="s">
@@ -3886,4026 +3901,4200 @@
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
         <v>129</v>
       </c>
       <c r="B97" t="s">
         <v>45</v>
       </c>
       <c r="C97" t="s">
         <v>115</v>
       </c>
       <c r="D97" t="s">
         <v>38</v>
       </c>
       <c r="E97">
         <v>0</v>
       </c>
       <c r="F97">
         <v>0</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
         <v>129</v>
       </c>
       <c r="B98" t="s">
         <v>45</v>
       </c>
       <c r="C98" t="s">
         <v>115</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98">
         <v>39</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
         <v>129</v>
       </c>
       <c r="B99" t="s">
         <v>45</v>
       </c>
       <c r="C99" t="s">
         <v>115</v>
       </c>
       <c r="D99" t="s">
         <v>29</v>
       </c>
       <c r="E99">
         <v>0</v>
       </c>
       <c r="F99">
         <v>0</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
         <v>7</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
         <v>130</v>
       </c>
       <c r="B100" t="s">
         <v>47</v>
       </c>
       <c r="C100" t="s">
         <v>115</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F100">
         <v>0</v>
       </c>
       <c r="G100">
         <v>0</v>
       </c>
       <c r="H100">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I100">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
         <v>131</v>
       </c>
       <c r="B101" t="s">
         <v>49</v>
       </c>
       <c r="C101" t="s">
         <v>115</v>
       </c>
       <c r="D101" t="s">
         <v>38</v>
       </c>
       <c r="E101">
         <v>0</v>
       </c>
       <c r="F101">
         <v>0</v>
       </c>
       <c r="G101">
         <v>0</v>
       </c>
       <c r="H101">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
         <v>131</v>
       </c>
       <c r="B102" t="s">
         <v>49</v>
       </c>
       <c r="C102" t="s">
         <v>115</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F102">
         <v>0</v>
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I102">
         <v>13</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
         <v>131</v>
       </c>
       <c r="B103" t="s">
         <v>49</v>
       </c>
       <c r="C103" t="s">
         <v>115</v>
       </c>
       <c r="D103" t="s">
         <v>29</v>
       </c>
       <c r="E103">
         <v>0</v>
       </c>
       <c r="F103">
         <v>0</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>39</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
         <v>132</v>
       </c>
       <c r="B104" t="s">
         <v>57</v>
       </c>
       <c r="C104" t="s">
         <v>115</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F104">
         <v>0</v>
       </c>
       <c r="G104">
         <v>0</v>
       </c>
       <c r="H104">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
         <v>133</v>
       </c>
       <c r="B105" t="s">
         <v>59</v>
       </c>
       <c r="C105" t="s">
         <v>115</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F105">
         <v>0</v>
       </c>
       <c r="G105">
         <v>0</v>
       </c>
       <c r="H105">
         <v>6</v>
       </c>
       <c r="I105">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
         <v>134</v>
       </c>
       <c r="B106" t="s">
         <v>61</v>
       </c>
       <c r="C106" t="s">
         <v>115</v>
       </c>
       <c r="D106" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E106">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="F106">
         <v>0</v>
       </c>
       <c r="G106">
         <v>0</v>
       </c>
       <c r="H106">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I106">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
         <v>134</v>
       </c>
       <c r="B107" t="s">
         <v>61</v>
       </c>
       <c r="C107" t="s">
         <v>115</v>
       </c>
       <c r="D107" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E107">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I107">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B108" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C108" t="s">
         <v>115</v>
       </c>
       <c r="D108" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E108">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I108">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B109" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C109" t="s">
         <v>115</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109">
         <v>18</v>
       </c>
       <c r="F109">
         <v>0</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I109">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
         <v>136</v>
       </c>
       <c r="B110" t="s">
         <v>65</v>
       </c>
       <c r="C110" t="s">
         <v>115</v>
       </c>
       <c r="D110" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E110">
         <v>0</v>
       </c>
       <c r="F110">
         <v>0</v>
       </c>
       <c r="G110">
         <v>0</v>
       </c>
       <c r="H110">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I110">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B111" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C111" t="s">
         <v>115</v>
       </c>
       <c r="D111" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E111">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="F111">
         <v>0</v>
       </c>
       <c r="G111">
         <v>0</v>
       </c>
       <c r="H111">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I111">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B112" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C112" t="s">
         <v>115</v>
       </c>
       <c r="D112" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E112">
+        <v>0</v>
+      </c>
+      <c r="F112">
+        <v>0</v>
+      </c>
+      <c r="G112">
+        <v>0</v>
+      </c>
+      <c r="H112">
+        <v>9</v>
+      </c>
+      <c r="I112">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B113" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C113" t="s">
         <v>115</v>
       </c>
       <c r="D113" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E113">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="F113">
         <v>0</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I113">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B114" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C114" t="s">
         <v>115</v>
       </c>
       <c r="D114" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E114">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="F114">
         <v>0</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I114">
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B115" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C115" t="s">
         <v>115</v>
       </c>
       <c r="D115" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E115">
-        <v>3</v>
+        <v>61</v>
       </c>
       <c r="F115">
         <v>0</v>
       </c>
       <c r="G115">
         <v>0</v>
       </c>
       <c r="H115">
-        <v>550</v>
+        <v>7</v>
       </c>
       <c r="I115">
-        <v>18</v>
+        <v>2</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B116" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C116" t="s">
         <v>115</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116">
-        <v>6</v>
+        <v>89</v>
       </c>
       <c r="F116">
         <v>0</v>
       </c>
       <c r="G116">
         <v>0</v>
       </c>
       <c r="H116">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I116">
-        <v>0</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B117" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C117" t="s">
         <v>115</v>
       </c>
       <c r="D117" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E117">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F117">
         <v>0</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
-        <v>3</v>
+        <v>376</v>
       </c>
       <c r="I117">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B118" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C118" t="s">
         <v>115</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F118">
         <v>0</v>
       </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
         <v>1</v>
       </c>
       <c r="I118">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B119" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="C119" t="s">
         <v>115</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F119">
         <v>0</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I119">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B120" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C120" t="s">
         <v>115</v>
       </c>
       <c r="D120" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E120">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="F120">
         <v>0</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I120">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B121" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C121" t="s">
         <v>115</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F121">
         <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I121">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B122" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="C122" t="s">
         <v>115</v>
       </c>
       <c r="D122" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E122">
         <v>0</v>
       </c>
       <c r="F122">
         <v>0</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="I122">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B123" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="C123" t="s">
         <v>115</v>
       </c>
       <c r="D123" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E123">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="F123">
         <v>0</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B124" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C124" t="s">
         <v>115</v>
       </c>
       <c r="D124" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E124">
         <v>0</v>
       </c>
       <c r="F124">
         <v>0</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="I124">
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B125" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C125" t="s">
         <v>115</v>
       </c>
       <c r="D125" t="s">
         <v>29</v>
       </c>
       <c r="E125">
         <v>0</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="I125">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B126" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C126" t="s">
         <v>115</v>
       </c>
       <c r="D126" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126">
+        <v>0</v>
+      </c>
+      <c r="F126">
+        <v>0</v>
+      </c>
+      <c r="G126">
+        <v>0</v>
+      </c>
+      <c r="H126">
         <v>38</v>
       </c>
-      <c r="E126">
-[...10 lines deleted...]
-      </c>
       <c r="I126">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B127" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C127" t="s">
         <v>115</v>
       </c>
       <c r="D127" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E127">
         <v>0</v>
       </c>
       <c r="F127">
         <v>0</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="I127">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B128" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C128" t="s">
         <v>115</v>
       </c>
       <c r="D128" t="s">
         <v>38</v>
       </c>
       <c r="E128">
         <v>0</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="I128">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B129" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C129" t="s">
         <v>115</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129">
         <v>0</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
         <v>4</v>
       </c>
       <c r="I129">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B130" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="C130" t="s">
         <v>115</v>
       </c>
       <c r="D130" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E130">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F130">
         <v>0</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I130">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B131" t="s">
-        <v>152</v>
+        <v>105</v>
       </c>
       <c r="C131" t="s">
         <v>115</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F131">
         <v>0</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I131">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B132" t="s">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="C132" t="s">
         <v>115</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132">
+        <v>9</v>
+      </c>
+      <c r="F132">
+        <v>0</v>
+      </c>
+      <c r="G132">
+        <v>0</v>
+      </c>
+      <c r="H132">
         <v>1</v>
       </c>
-      <c r="F132">
-[...7 lines deleted...]
-      </c>
       <c r="I132">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B133" t="s">
-        <v>155</v>
+        <v>107</v>
       </c>
       <c r="C133" t="s">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133">
-        <v>136</v>
+        <v>29</v>
       </c>
       <c r="F133">
         <v>0</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
         <v>0</v>
       </c>
       <c r="I133">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B134" t="s">
-        <v>158</v>
+        <v>113</v>
       </c>
       <c r="C134" t="s">
-        <v>156</v>
+        <v>115</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134">
-        <v>214</v>
+        <v>1</v>
       </c>
       <c r="F134">
         <v>0</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I134">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B135" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C135" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="F135">
         <v>0</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I135">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B136" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C136" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136">
-        <v>144</v>
+        <v>210</v>
       </c>
       <c r="F136">
         <v>0</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I136">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B137" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C137" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="F137">
         <v>0</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B138" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C138" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D138" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E138">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="F138">
         <v>0</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B139" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C139" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D139" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E139">
-        <v>0</v>
+        <v>137</v>
       </c>
       <c r="F139">
         <v>0</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B140" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C140" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D140" t="s">
         <v>38</v>
       </c>
       <c r="E140">
         <v>0</v>
       </c>
       <c r="F140">
         <v>0</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B141" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C141" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D141" t="s">
         <v>39</v>
       </c>
       <c r="E141">
         <v>0</v>
       </c>
       <c r="F141">
         <v>0</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I141">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
+        <v>166</v>
+      </c>
+      <c r="B142" t="s">
         <v>167</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E142">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="F142">
         <v>0</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="I142">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B143" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C143" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D143" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="E143">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="F143">
         <v>0</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I143">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B144" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C144" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="F144">
         <v>0</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I144">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B145" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C145" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="F145">
         <v>0</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I145">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B146" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C146" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D146" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E146">
         <v>0</v>
       </c>
       <c r="F146">
         <v>0</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="I146">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B147" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C147" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D147" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E147">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="F147">
         <v>0</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
-        <v>43</v>
+        <v>2</v>
       </c>
       <c r="I147">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
+        <v>172</v>
+      </c>
+      <c r="B148" t="s">
         <v>173</v>
       </c>
-      <c r="B148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D148" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E148">
         <v>0</v>
       </c>
       <c r="F148">
         <v>0</v>
       </c>
       <c r="G148">
         <v>0</v>
       </c>
       <c r="H148">
-        <v>180</v>
+        <v>116</v>
       </c>
       <c r="I148">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B149" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C149" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D149" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E149">
         <v>0</v>
       </c>
       <c r="F149">
         <v>0</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
-        <v>147</v>
+        <v>43</v>
       </c>
       <c r="I149">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B150" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C150" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D150" t="s">
         <v>12</v>
       </c>
       <c r="E150">
         <v>0</v>
       </c>
       <c r="F150">
         <v>0</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
-        <v>496</v>
+        <v>179</v>
       </c>
       <c r="I150">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
+        <v>174</v>
+      </c>
+      <c r="B151" t="s">
         <v>175</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D151" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E151">
         <v>0</v>
       </c>
       <c r="F151">
         <v>0</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
-        <v>65</v>
+        <v>148</v>
       </c>
       <c r="I151">
         <v>3</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B152" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C152" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152">
+        <v>0</v>
+      </c>
+      <c r="F152">
+        <v>0</v>
+      </c>
+      <c r="G152">
+        <v>0</v>
+      </c>
+      <c r="H152">
+        <v>489</v>
+      </c>
+      <c r="I152">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B153" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C153" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="D153" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E153">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F153">
         <v>0</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="I153">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B154" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C154" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F154">
         <v>0</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
         <v>0</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B155" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C155" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D155" t="s">
         <v>12</v>
       </c>
       <c r="E155">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F155">
         <v>0</v>
       </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
         <v>0</v>
       </c>
       <c r="I155">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B156" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="C156" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F156">
         <v>0</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>0</v>
       </c>
       <c r="I156">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B157" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C157" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D157" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E157">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F157">
         <v>0</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I157">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B158" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
       <c r="C158" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D158" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E158">
+        <v>0</v>
+      </c>
+      <c r="F158">
+        <v>0</v>
+      </c>
+      <c r="G158">
+        <v>0</v>
+      </c>
+      <c r="H158">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B159" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C159" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F159">
         <v>0</v>
       </c>
       <c r="G159">
         <v>0</v>
       </c>
       <c r="H159">
         <v>0</v>
       </c>
       <c r="I159">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B160" t="s">
-        <v>193</v>
+        <v>31</v>
       </c>
       <c r="C160" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F160">
         <v>0</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
         <v>0</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B161" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C161" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F161">
         <v>0</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
         <v>0</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B162" t="s">
-        <v>53</v>
+        <v>191</v>
       </c>
       <c r="C162" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D162" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E162">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F162">
         <v>0</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B163" t="s">
-        <v>53</v>
+        <v>193</v>
       </c>
       <c r="C163" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F163">
         <v>0</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
         <v>0</v>
       </c>
       <c r="I163">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B164" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="C164" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D164" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E164">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F164">
         <v>0</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B165" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="C165" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D165" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E165">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F165">
         <v>0</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165">
         <v>0</v>
       </c>
       <c r="I165">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B166" t="s">
-        <v>199</v>
+        <v>61</v>
       </c>
       <c r="C166" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F166">
         <v>0</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166">
         <v>0</v>
       </c>
       <c r="I166">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B167" t="s">
-        <v>201</v>
+        <v>71</v>
       </c>
       <c r="C167" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F167">
         <v>0</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167">
         <v>0</v>
       </c>
       <c r="I167">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B168" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C168" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D168" t="s">
         <v>38</v>
       </c>
       <c r="E168">
         <v>0</v>
       </c>
       <c r="F168">
         <v>0</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I168">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B169" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="C169" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F169">
         <v>0</v>
       </c>
       <c r="G169">
         <v>0</v>
       </c>
       <c r="H169">
         <v>0</v>
       </c>
       <c r="I169">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B170" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C170" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F170">
         <v>0</v>
       </c>
       <c r="G170">
         <v>0</v>
       </c>
       <c r="H170">
         <v>0</v>
       </c>
       <c r="I170">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="B171" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="C171" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D171" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E171">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="F171">
         <v>0</v>
       </c>
       <c r="G171">
         <v>0</v>
       </c>
       <c r="H171">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I171">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="B172" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="C172" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F172">
         <v>0</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172">
         <v>0</v>
       </c>
       <c r="I172">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B173" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="C173" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F173">
         <v>0</v>
       </c>
       <c r="G173">
         <v>0</v>
       </c>
       <c r="H173">
         <v>0</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B174" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C174" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D174" t="s">
         <v>12</v>
       </c>
       <c r="E174">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F174">
         <v>0</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174">
         <v>0</v>
       </c>
       <c r="I174">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B175" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C175" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
       <c r="E175">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F175">
         <v>0</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I175">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B176" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C176" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D176" t="s">
         <v>12</v>
       </c>
       <c r="E176">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="F176">
         <v>0</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176">
+        <v>0</v>
+      </c>
+      <c r="I176">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="B177" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="C177" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F177">
         <v>0</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I177">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B178" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="C178" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
       <c r="E178">
+        <v>10</v>
+      </c>
+      <c r="F178">
+        <v>0</v>
+      </c>
+      <c r="G178">
+        <v>0</v>
+      </c>
+      <c r="H178">
+        <v>0</v>
+      </c>
+      <c r="I178">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B179" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C179" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D179" t="s">
         <v>12</v>
       </c>
       <c r="E179">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F179">
         <v>0</v>
       </c>
       <c r="G179">
         <v>0</v>
       </c>
       <c r="H179">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="B180" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="C180" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F180">
         <v>0</v>
       </c>
       <c r="G180">
         <v>0</v>
       </c>
       <c r="H180">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I180">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B181" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C181" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
       <c r="E181">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F181">
         <v>0</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I181">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B182" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="C182" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F182">
         <v>0</v>
       </c>
       <c r="G182">
         <v>0</v>
       </c>
       <c r="H182">
         <v>0</v>
       </c>
       <c r="I182">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B183" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C183" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F183">
         <v>0</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183">
         <v>0</v>
       </c>
       <c r="I183">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B184" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="C184" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
       <c r="E184">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F184">
         <v>0</v>
       </c>
       <c r="G184">
         <v>0</v>
       </c>
       <c r="H184">
         <v>0</v>
       </c>
       <c r="I184">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B185" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C185" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F185">
         <v>0</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185">
         <v>0</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="B186" t="s">
-        <v>207</v>
+        <v>232</v>
       </c>
       <c r="C186" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F186">
         <v>0</v>
       </c>
       <c r="G186">
         <v>0</v>
       </c>
       <c r="H186">
         <v>0</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="B187" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C187" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F187">
         <v>0</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187">
         <v>0</v>
       </c>
       <c r="I187">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B188" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C188" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F188">
         <v>0</v>
       </c>
       <c r="G188">
         <v>0</v>
       </c>
       <c r="H188">
         <v>0</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="B189" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C189" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189">
         <v>2</v>
       </c>
       <c r="F189">
         <v>0</v>
       </c>
       <c r="G189">
         <v>0</v>
       </c>
       <c r="H189">
         <v>0</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B190" t="s">
-        <v>245</v>
+        <v>208</v>
       </c>
       <c r="C190" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F190">
         <v>0</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190">
         <v>0</v>
       </c>
       <c r="I190">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B191" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C191" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
       <c r="E191">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F191">
         <v>0</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191">
         <v>0</v>
       </c>
       <c r="I191">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="B192" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="C192" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
       <c r="E192">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F192">
         <v>0</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192">
         <v>0</v>
       </c>
       <c r="I192">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="2">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="B193" t="s">
-        <v>213</v>
+        <v>244</v>
       </c>
       <c r="C193" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D193" t="s">
         <v>12</v>
       </c>
       <c r="E193">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F193">
         <v>0</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193">
         <v>0</v>
       </c>
       <c r="I193">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="2">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B194" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C194" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D194" t="s">
         <v>12</v>
       </c>
       <c r="E194">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F194">
         <v>0</v>
       </c>
       <c r="G194">
         <v>0</v>
       </c>
       <c r="H194">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I194">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="2">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B195" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C195" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
       <c r="E195">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F195">
         <v>0</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195">
         <v>0</v>
       </c>
       <c r="I195">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B196" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="C196" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F196">
         <v>0</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I196">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B197" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="C197" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D197" t="s">
         <v>12</v>
       </c>
       <c r="E197">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F197">
         <v>0</v>
       </c>
       <c r="G197">
         <v>0</v>
       </c>
       <c r="H197">
         <v>0</v>
       </c>
       <c r="I197">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="B198" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="C198" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D198" t="s">
         <v>12</v>
       </c>
       <c r="E198">
+        <v>3</v>
+      </c>
+      <c r="F198">
+        <v>0</v>
+      </c>
+      <c r="G198">
+        <v>0</v>
+      </c>
+      <c r="H198">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I198">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B199" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="C199" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
       <c r="E199">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F199">
         <v>0</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I199">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B200" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="C200" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F200">
         <v>0</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I200">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B201" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C201" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201">
         <v>1</v>
       </c>
       <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I201">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B202" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C202" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
       <c r="E202">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
       <c r="G202">
         <v>0</v>
       </c>
       <c r="H202">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I202">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B203" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="C203" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F203">
         <v>0</v>
       </c>
       <c r="G203">
         <v>0</v>
       </c>
       <c r="H203">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I203">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B204" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="C204" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D204" t="s">
         <v>12</v>
       </c>
       <c r="E204">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F204">
         <v>0</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I204">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B205" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C205" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
       <c r="E205">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I205">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="B206" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="C206" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F206">
         <v>0</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I206">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="B207" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="C207" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D207" t="s">
         <v>12</v>
       </c>
       <c r="E207">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F207">
         <v>0</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207">
         <v>0</v>
       </c>
       <c r="I207">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="B208" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C208" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D208" t="s">
         <v>12</v>
       </c>
       <c r="E208">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I208">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="B209" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="C209" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F209">
         <v>0</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I209">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="B210" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="C210" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F210">
         <v>0</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I210">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B211" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="C211" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D211" t="s">
         <v>12</v>
       </c>
       <c r="E211">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211">
         <v>0</v>
       </c>
       <c r="I211">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="B212" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="C212" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D212" t="s">
         <v>12</v>
       </c>
       <c r="E212">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F212">
         <v>0</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I212">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="B213" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="C213" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D213" t="s">
         <v>12</v>
       </c>
       <c r="E213">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F213">
         <v>0</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I213">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="B214" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="C214" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D214" t="s">
         <v>12</v>
       </c>
       <c r="E214">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F214">
         <v>0</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I214">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="B215" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="C215" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D215" t="s">
         <v>12</v>
       </c>
       <c r="E215">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I215">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="B216" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="C216" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D216" t="s">
         <v>12</v>
       </c>
       <c r="E216">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F216">
         <v>0</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
       <c r="H216">
         <v>1</v>
       </c>
       <c r="I216">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="B217" t="s">
-        <v>101</v>
+        <v>291</v>
       </c>
       <c r="C217" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D217" t="s">
         <v>12</v>
       </c>
       <c r="E217">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F217">
         <v>0</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217">
         <v>3</v>
       </c>
       <c r="I217">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B218" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="C218" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D218" t="s">
         <v>12</v>
       </c>
       <c r="E218">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F218">
         <v>0</v>
       </c>
       <c r="G218">
         <v>0</v>
       </c>
       <c r="H218">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I218">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="B219" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="C219" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D219" t="s">
         <v>12</v>
       </c>
       <c r="E219">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F219">
         <v>0</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
       <c r="H219">
         <v>1</v>
       </c>
       <c r="I219">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="B220" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C220" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D220" t="s">
         <v>12</v>
       </c>
       <c r="E220">
         <v>3</v>
       </c>
       <c r="F220">
         <v>0</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
       <c r="H220">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I220">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B221" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="C221" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D221" t="s">
         <v>12</v>
       </c>
       <c r="E221">
         <v>0</v>
       </c>
       <c r="F221">
         <v>0</v>
       </c>
       <c r="G221">
         <v>0</v>
       </c>
       <c r="H221">
-        <v>78</v>
+        <v>3</v>
       </c>
       <c r="I221">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="B222" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C222" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D222" t="s">
         <v>12</v>
       </c>
       <c r="E222">
-        <v>348</v>
+        <v>1</v>
       </c>
       <c r="F222">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G222">
         <v>0</v>
       </c>
       <c r="H222">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="I222">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="B223" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C223" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D223" t="s">
         <v>12</v>
       </c>
       <c r="E223">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="F223">
         <v>0</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
       <c r="H223">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I223">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="B224" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C224" t="s">
-        <v>305</v>
+        <v>178</v>
       </c>
       <c r="D224" t="s">
         <v>12</v>
       </c>
       <c r="E224">
-        <v>159</v>
+        <v>3</v>
       </c>
       <c r="F224">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I224">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="B225" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="C225" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D225" t="s">
         <v>12</v>
       </c>
       <c r="E225">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="F225">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="I225">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="B226" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C226" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D226" t="s">
         <v>12</v>
       </c>
       <c r="E226">
-        <v>49</v>
+        <v>344</v>
       </c>
       <c r="F226">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
       <c r="H226">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="I226">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="B227" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="C227" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D227" t="s">
         <v>12</v>
       </c>
       <c r="E227">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="F227">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
       <c r="H227">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I227">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="B228" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="C228" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D228" t="s">
         <v>12</v>
       </c>
       <c r="E228">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="F228">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="G228">
         <v>0</v>
       </c>
       <c r="H228">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I228">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="B229" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="C229" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D229" t="s">
         <v>12</v>
       </c>
       <c r="E229">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="F229">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I229">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B230" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="C230" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D230" t="s">
         <v>12</v>
       </c>
       <c r="E230">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="F230">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230">
         <v>1</v>
       </c>
       <c r="I230">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="B231" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="C231" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D231" t="s">
         <v>12</v>
       </c>
       <c r="E231">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="F231">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G231">
         <v>0</v>
       </c>
       <c r="H231">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I231">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="B232" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C232" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D232" t="s">
         <v>12</v>
       </c>
       <c r="E232">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="F232">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="I232">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B233" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="C233" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D233" t="s">
         <v>12</v>
       </c>
       <c r="E233">
         <v>0</v>
       </c>
       <c r="F233">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G233">
         <v>0</v>
       </c>
       <c r="H233">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I233">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
+        <v>323</v>
+      </c>
+      <c r="B234" t="s">
+        <v>324</v>
+      </c>
+      <c r="C234" t="s">
+        <v>306</v>
+      </c>
+      <c r="D234" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234">
+        <v>0</v>
+      </c>
+      <c r="F234">
+        <v>0</v>
+      </c>
+      <c r="G234">
+        <v>0</v>
+      </c>
+      <c r="H234">
+        <v>0</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s" s="2">
+        <v>325</v>
+      </c>
+      <c r="B235" t="s">
+        <v>326</v>
+      </c>
+      <c r="C235" t="s">
+        <v>306</v>
+      </c>
+      <c r="D235" t="s">
+        <v>12</v>
+      </c>
+      <c r="E235">
+        <v>0</v>
+      </c>
+      <c r="F235">
+        <v>20</v>
+      </c>
+      <c r="G235">
+        <v>0</v>
+      </c>
+      <c r="H235">
+        <v>1</v>
+      </c>
+      <c r="I235">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s" s="2">
+        <v>327</v>
+      </c>
+      <c r="B236" t="s">
+        <v>285</v>
+      </c>
+      <c r="C236" t="s">
+        <v>306</v>
+      </c>
+      <c r="D236" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236">
+        <v>0</v>
+      </c>
+      <c r="F236">
+        <v>28</v>
+      </c>
+      <c r="G236">
+        <v>0</v>
+      </c>
+      <c r="H236">
+        <v>1</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s" s="2">
+        <v>328</v>
+      </c>
+      <c r="B237" t="s">
         <v>329</v>
       </c>
-      <c r="B234" t="s">
+      <c r="C237" t="s">
+        <v>306</v>
+      </c>
+      <c r="D237" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237">
+        <v>0</v>
+      </c>
+      <c r="F237">
+        <v>0</v>
+      </c>
+      <c r="G237">
+        <v>0</v>
+      </c>
+      <c r="H237">
+        <v>0</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s" s="2">
         <v>330</v>
       </c>
-      <c r="C234" t="s">
+      <c r="B238" t="s">
         <v>331</v>
       </c>
-      <c r="D234" t="s">
-[...2 lines deleted...]
-      <c r="E234">
+      <c r="C238" t="s">
+        <v>306</v>
+      </c>
+      <c r="D238" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238">
+        <v>105</v>
+      </c>
+      <c r="F238">
+        <v>0</v>
+      </c>
+      <c r="G238">
+        <v>0</v>
+      </c>
+      <c r="H238">
+        <v>37</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s" s="2">
+        <v>332</v>
+      </c>
+      <c r="B239" t="s">
+        <v>333</v>
+      </c>
+      <c r="C239" t="s">
+        <v>306</v>
+      </c>
+      <c r="D239" t="s">
+        <v>12</v>
+      </c>
+      <c r="E239">
+        <v>0</v>
+      </c>
+      <c r="F239">
+        <v>87</v>
+      </c>
+      <c r="G239">
+        <v>0</v>
+      </c>
+      <c r="H239">
+        <v>5</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s" s="2">
+        <v>334</v>
+      </c>
+      <c r="B240" t="s">
+        <v>335</v>
+      </c>
+      <c r="C240" t="s">
+        <v>336</v>
+      </c>
+      <c r="D240" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240">
         <v>252</v>
       </c>
-      <c r="F234">
-[...8 lines deleted...]
-      <c r="I234">
+      <c r="F240">
+        <v>0</v>
+      </c>
+      <c r="G240">
+        <v>0</v>
+      </c>
+      <c r="H240">
+        <v>0</v>
+      </c>
+      <c r="I240">
         <v>0</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>